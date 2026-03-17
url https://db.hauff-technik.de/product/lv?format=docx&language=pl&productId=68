--- v0 (2025-10-31)
+++ v1 (2026-03-17)
@@ -77,112 +77,112 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">GTIN:  - </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="40" w:after="80"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Marka: Hauff-Technik</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Do uszczelniania kabli w przewiertach lub rurach przepustowych. Wykonana w wersji dzielonej do uszczelniania nowo instalowanych lub już ułożonych kabli. Liczbę i średnicę kabli można indywidualnie wybrać.</w:t>
+        <w:t xml:space="preserve">Do uszczelniania kabli w przewiertach lub rurach przepustowych. Wykonana w wersji dzielonej, do uszczelniania nowo instalowanych lub już ułożonych kabli. Liczbę i średnicę kabli można indywidualnie wybrać.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wymiary: szerokość uszczelnienia: 40 mm; Płytki dociskowe: 5 mm; dostępne do przewiertów/rur przepustowych o Ø: 50 - 200 mm</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="40" w:after="80"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Tworzywo: płytki dociskowe, śruby, nakrętki i podkładki: stal nierdzewna V2A (AISI 304L) lub V4A (AISI 316L); guma: EPDM lub NBR</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="40" w:after="80"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Zakres zastosowania: Beton wodoszczelny o klasie obciążenia 1 i 2</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Szczelność: gazo- i wodoszczelność; szczelny na radon</w:t>
+        <w:t xml:space="preserve">Zakres zastosowania: do zabetonowania, do dobetonowania</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="40" w:after="80"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Szczelność: gazo- i wodoszczelność; szczelny na radon</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:spacing w:before="40" w:after="80"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Opis: indywidualna produkcja zgodnie z wymaganiami; technologia pierścieni segmentowych umożliwiająca dopasowanie do trzech wzgl. pięciu różnych średnic rur na miejscu</w:t>
+        <w:t xml:space="preserve">Opis: indywidualna produkcja zgodnie z wymaganiami; technologia listków gumowych umożliwiających dopasowanie wkładu do trzech wzgl. pięciu różnych średnic kabli na miejscu</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p/>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:spacing w:before="40" w:after="80"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Hauff-Technik GmbH &amp; Co. KG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="40" w:after="80"/>
       </w:pPr>
       <w:r>