--- v0 (2025-10-06)
+++ v1 (2025-12-08)
@@ -131,51 +131,51 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="40" w:after="80"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Tightness: gastight and watertight; radon-proof</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:spacing w:before="40" w:after="80"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Features: with integrated installation control - no torque control key required; no retightening required; nuts moulded into the pressure plate, therefore no loose parts</w:t>
+        <w:t xml:space="preserve">Features: with integrated installation control - no torque wrench required; no retightening required; no loose parts thanks to moulded nuts</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p/>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:spacing w:before="40" w:after="80"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Hauff-Technik GmbH &amp; Co. KG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="40" w:after="80"/>
       </w:pPr>
       <w:r>