--- v0 (2025-10-04)
+++ v1 (2025-11-23)
@@ -138,51 +138,51 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="40" w:after="80"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Tightness: gastight and watertight; radon-proof</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:spacing w:before="40" w:after="80"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Features: tailor-made to meet requirements; Segmented ring technology for adjustment on-site to pipe diameters</w:t>
+        <w:t xml:space="preserve">Features: production customised to individual requirements; segmented-ring technology for adjustment to pipe diameters on site</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p/>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:spacing w:before="40" w:after="80"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Hauff-Technik GmbH &amp; Co. KG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="40" w:after="80"/>
       </w:pPr>
       <w:r>